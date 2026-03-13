--- v0 (2026-02-20)
+++ v1 (2026-03-13)
@@ -1,9197 +1,6531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ac"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-743" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="10111" w:type="dxa"/>
+        <w:tblInd w:w="11" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11125"/>
-        <w:gridCol w:w="11125"/>
+        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3748"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B41B0" w14:paraId="545277E4" w14:textId="77777777" w:rsidTr="0006618D">
+      <w:tr w:rsidR="00E232AB" w:rsidTr="0066152A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:tbl>
-[...532 lines deleted...]
-          <w:p w14:paraId="3AC2FB50" w14:textId="6C3ADE06" w:rsidR="001B41B0" w:rsidRDefault="001B41B0" w:rsidP="001B41B0">
+          <w:p w:rsidR="00E232AB" w:rsidRPr="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
             <w:pPr>
+              <w:ind w:left="0" w:rightChars="-144" w:right="-346" w:firstLine="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...504 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="002634D6">
               <w:rPr>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="ru-RU"/>
               </w:rPr>
               <w:t>СОГЛАСОВАНО</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D10462">
+            <w:r w:rsidRPr="002634D6">
               <w:rPr>
-                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Министр физической </w:t>
+            </w:r>
+            <w:r w:rsidR="0066152A">
+              <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001B41B0">
+            <w:r w:rsidRPr="002634D6">
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Директор Ассоциации </w:t>
+              <w:t xml:space="preserve">культуры и спорта </w:t>
+            </w:r>
+            <w:r w:rsidR="0066152A">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002634D6">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>Новосибирской области</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16D72FC3" w14:textId="16074447" w:rsidR="00E7423A" w:rsidRDefault="001B41B0" w:rsidP="001B41B0">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRPr="002634D6" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4932"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B41B0">
+            <w:r w:rsidRPr="002634D6">
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«Любительская</w:t>
+              <w:t>СОГЛАСОВАНО</w:t>
             </w:r>
-            <w:r w:rsidR="00E7423A">
+            <w:r w:rsidRPr="002634D6">
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...160 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>«__</w:t>
+              <w:t>Директо</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7423A">
+            <w:r>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>_</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> г.</w:t>
+              <w:t>р ГАУ ДО НСО «СШОР по биатлону»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FA1D6B7" w14:textId="6074F258" w:rsidR="001B41B0" w:rsidRDefault="001B41B0" w:rsidP="001B41B0">
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
-[...8 lines deleted...]
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:ind w:left="0" w:rightChars="-144" w:right="-346" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11125" w:type="dxa"/>
+            <w:tcW w:w="3748" w:type="dxa"/>
           </w:tcPr>
-          <w:tbl>
-[...496 lines deleted...]
-          <w:p w14:paraId="78CEB35C" w14:textId="77777777" w:rsidR="001B41B0" w:rsidRDefault="001B41B0" w:rsidP="001B41B0">
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002634D6">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДАЮ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002634D6">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Президент региональной общественной организации «Федерация биатлона Новосибирской области»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E232AB" w:rsidRPr="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00084220" w14:paraId="30FA08BD" w14:textId="77777777" w:rsidTr="0006618D">
+      <w:tr w:rsidR="00E232AB" w:rsidTr="0066152A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18BD9488" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-144" w:right="-346" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________С.А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахапов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   «___»__________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-144" w:right="-346" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_________А.П. Никифоров «____» ___________2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3748" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="-48" w:hanging="11"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___И.Ю. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>Белокобыльский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="12" w:right="29" w:firstLine="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>«____»____________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E232AB" w:rsidTr="0066152A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="0066152A">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-42" w:right="-101" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="0066152A">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-42" w:right="-101" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>СОГЛАСОВАНО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ассоциации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Любительская </w:t>
+            </w:r>
+            <w:r w:rsidR="0066152A">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>спортивная лига биатлона»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="0066152A">
+            <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-42" w:right="-101" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11125" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF7EADE" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+          <w:p w:rsidR="0066152A" w:rsidRDefault="0066152A" w:rsidP="0066152A">
             <w:pPr>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-73" w:right="-175" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="032DF615" w14:textId="6D980A93" w:rsidR="00084220" w:rsidRDefault="00084220" w:rsidP="00D924A1">
+          <w:p w:rsidR="0066152A" w:rsidRPr="0066152A" w:rsidRDefault="0066152A" w:rsidP="0066152A">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-73" w:right="-175" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>СОГЛАСОВАНО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>ГАУ НСО «Дирекция спортивных мероприятий»</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="154638AE" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+          <w:p w:rsidR="0066152A" w:rsidRDefault="0066152A" w:rsidP="0066152A">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:overflowPunct w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-73" w:right="-175" w:firstLine="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...21 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11125" w:type="dxa"/>
+            <w:tcW w:w="3748" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D116368" w14:textId="77777777" w:rsidR="00084220" w:rsidRPr="001B41B0" w:rsidRDefault="00084220">
+          <w:p w:rsidR="00E232AB" w:rsidRPr="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E41D35">
             <w:pPr>
-              <w:ind w:rightChars="-144" w:right="-288"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-110" w:hanging="11"/>
               <w:rPr>
-                <w:rStyle w:val="64pt1"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E232AB" w:rsidTr="0066152A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRPr="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="0066152A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:rightChars="-42" w:right="-101"/>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>____________О.В. Лютова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>«____»___________2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRDefault="0066152A" w:rsidP="0066152A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:rightChars="-144" w:right="-346" w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:t>Буньков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E232AB">
+              <w:rPr>
+                <w:lang w:bidi="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>«____»___________2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3748" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E232AB" w:rsidRPr="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:ind w:right="-110" w:hanging="11"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B016557" w14:textId="77777777" w:rsidR="0006618D" w:rsidRPr="00E7423A" w:rsidRDefault="0006618D" w:rsidP="0006618D">
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E7423A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>РЕГЛАМЕНТ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9971D4" w14:textId="2CB43F7B" w:rsidR="0006618D" w:rsidRDefault="0006618D" w:rsidP="0006618D">
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk176764054"/>
-      <w:r w:rsidRPr="001B41B0">
+      <w:bookmarkStart w:id="1" w:name="_Hlk176764054"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Всероссийских соревнований</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF710B">
+        <w:t xml:space="preserve">Всероссийских соревнований </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002634D6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по биатлону                                                        среди спортсменов-любителей (сезон 2025-2026г.г.)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001B41B0">
+        <w:t xml:space="preserve">по биатлону среди спортсменов-любителей </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DF710B">
+      <w:r w:rsidRPr="002634D6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>(сезон 2025-2026 гг.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Любительский кубок России по биатлону</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF710B">
+        <w:br/>
+        <w:t xml:space="preserve">(«Любительский Кубок России по биатлону», </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>», 5 этап зимнего периода)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:br/>
+        <w:t>5 этап зимнего периода)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6CB0B538" w14:textId="60B03C28" w:rsidR="0006618D" w:rsidRPr="001B41B0" w:rsidRDefault="0006618D" w:rsidP="0006618D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ЕКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004326A9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1040540002004211</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, КП НСО __________)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B41B0">
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(ЕКП </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B41B0">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF710B">
+        <w:t xml:space="preserve">г. Новосибирск   </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">040540002004211 </w:t>
-[...1299 lines deleted...]
-        <w:pStyle w:val="ad"/>
+        <w:br/>
+        <w:t>2026 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">арта – день </w:t>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всероссийские соревнования по биатлону среди спортсменов-любителей (сезон 2025-2026 гг.) («Любительский Кубок России по биатлону», 5 этап зимнего периода) (далее – Соревнования) </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводятся</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0" w:rsidRPr="00BC0FEA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0" w:rsidRPr="00BC0FEA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках реализации государственной </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0" w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>программ</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0" w:rsidRPr="00BC0FEA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>ы Российской Федерации «Развитие физической культуры и спорта»</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании данного Регламента и в соответствии с:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– единым календарным планом межрегиональных, всероссийских </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и международных физкультурных мероприятий и спортивных мероприятий Министерства спорта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– календарным планом соревнований Общероссийской общественной организации Федерации Биатлона «Союз биатлонистов России» (далее СБР) </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по биатлону среди спортсменов-любителей в спортивном сезоне 2025-2026 гг.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– календарным планом массовых спортивных мероприятий </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ассоциации «Любительская спортивная лига биатлона» (далее Ассоциация) </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в спортивном сезоне 2025-2026 гг.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– правилами вида спорта «биатлон», утвержденных приказом </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00ED2011">
-[...4 lines deleted...]
-        <w:t>отьезда</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Минспорта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...14 lines deleted...]
-        </w:tabs>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации № 265 от 29.03.2022г. (далее - Правила по биатлону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– положением о Всероссийских соревнованиях по биатлону </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среди спортсменов-любителей (сезон 2025-2026 гг.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнования проводятся с целью:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– активизации работы спортивных организаций по дальнейшему развитию биатлона в России;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– совершенствования и укрепления материально-технической базы </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для занятий биатлоном;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– популяризации биатлона в России и повышения спортивного мастерства биатлонистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– привлечения к занятиям биатлоном ветеранов спорта и спортсменов-любителей разного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– пропаганды здорового образа жизни, повышения интереса к регулярным занятиям физической культурой и спортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– определения лучших спортсменов-любителей в рамках общего Любительского Кубка России по биатлону среди спортсменов-любителей </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зимнем периоде сезона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025-2026 гг.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– подведения итогов работы в физкультурно-спортивных организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по биатлону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="007941D0" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED2011">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D2853" w:rsidRPr="00ED2011">
+        <w:t>МЕСТО И СРОКИ ПРОВЕДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="007941D0" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнования проводятся в г. Новосибирск (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новосибирск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иатлонный комплекс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГАУ ДО НСО «Спортивная школа олимпийского резерва по биатлону им</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маматова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», г. Новосибирск, ул. Биатлонная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) с 12 по 16 марта 2026 г., в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. день приезда и день отъезда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="007941D0" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="007941D0" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ОРГАНИЗАТОРЫ СОРЕВНОВАНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7470F356" w14:textId="77777777" w:rsidR="00084220" w:rsidRPr="00ED2011" w:rsidRDefault="00084220">
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="007941D0" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правами на проведение соревнования обладают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="007941D0" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Общероссийская общественная организация Федерация Биатлона </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Союз биатлонистов России» (далее - СБР);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="007941D0" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Ассоциация «Любительская спортивная лига биатлона» </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - Ассоциация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00991AC8" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организатором соревнования является Региональная общественная                                                             организация «Федерация биатлона Новосибирской области»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее Федерация)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Сообщество ветеранов Новосибирской области по биатлону».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00991AC8" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Федерация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомляет соответствующий территориальный орган МВД </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведении соревнования, а также согласовывает с МВД план мероприятий </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по обеспечению общественного порядка и общественной безопасности </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при проведении соревнования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00991AC8" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнование проходит при поддержке Министерства физической культуры и спорта Новосибирской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство физической культуры и спорта Новосибирской области осуществляет содействие в части информационной поддержки Соревнования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организаторы соревнования обязаны обеспечить соблюдение требований Гражданского кодекса РФ об интеллектуальной собственности, и несут ответственность за нарушение авторских и смежных прав при публичном исполнении музыкальных произведений, публичной трансляции радио </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и телепередач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Непосредственное проведение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>оревновани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возлагается на главную судейскую коллегию (далее – ГСК)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утвержденную Федерацией. Судейская коллегия несет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>тветственность за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведение соревнований по биатлону </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с настоящим Регламентом и Правилами. Состав ГСК утверждается дополнительно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГСК оставляет за собой право изменения Регламента Соревнований </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в зависимости от погодных условий, непредвиденных ситуаций, форс-мажорных и иных обстоятельств, не обеспечивающих безопасность жизни и здоровья участников мероприятия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТРЕБОВАНИЯ К УЧАСТНИКАМ И УСЛОВИЯ ИХ ДОПУСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участию в Соревнованиях допускаются мужчины и женщины, достигшие 35-летнего возраста со спортивно-технической подготовкой, соответствующей программе Соревнований. Командирующая организация </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(или тренирующий и сопровождающий представитель) несут ответственность </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за состояние здоровья и подготовленность спортсмена к Соревнованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возраст участника определяется на 1 декабря 2025г. и фиксируется </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с Положением о Всероссийских соревнованиях по биатлону среди спортсменов-любителей (сезон 2025-2026 гг.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнования проводятся в возрастных группах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среди мужчин:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Первая группа 35-39 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вторая группа 40-44 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третья группа 45-49 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертая группа 50-54 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пятая группа 55-59 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шестая группа 60-64 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Седьмая группа 65-69 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Восьмая группа 70 лет и старше</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среди женщин:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первая группа 35-42 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вторая группа 43-49 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третья группа 50 лет и старше</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый участник должен предоставить на комиссию по допуску </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к Соревнованиям (далее - Комиссия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- именную заявку, заверенную руководителем органа исполнительной власти в области физической культуры и спорта, региональной организации </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по биатлону, а также печатью медицинского учреждения о допуске участника, подписью врача; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- документ, удостоверяющий личность спортсмена; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- разрешение на провоз оружия и патронов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- рапорт; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- согласие на обработку персональных данных; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оригинал договора (страхового полиса) о страховании жизни и здоровья от несчастных случаев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Представитель региона обязан в установленный данным Регламентом срок, представить в судейскую коллегию именную заявку на участников соревнований, заверенную врачом и руководителем командирующей организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнования проводятся на личных лыжах. Каждый участник Соревнований обязан иметь лыжи, лыжные палки, винтовку, патроны на все дни соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участникам соревнования обеспечено хранение оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОГРАММА СОРЕВНОВАНИЙ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 марта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приезда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 марта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– официальная тренировка, начало в 14:00-17:00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 марта – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мегамасстарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9:00 - судейская коллегия, выдача номеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:00 – пристрелка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:45 – старт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 забега</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11:45 – старт 2 забега. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мужчины 35-64 года, Женщины (35-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дистанция</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10,8 км со стрельбой на 8-ми огневых рубежах с переноской оружия. Круг – 1,2 км. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стрельба на 1-м, 2-м, 3-м, 4-м огневых рубежах осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из положения «лежа», по мишени размером 45 мм. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стрельба на 5-м, 6-м, 7-м, 8-м огневых рубежах осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidR="007941D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из положения «стоя» по мишени размером 115 мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Смена магазинов с патронами для стрельбы из положения «стоя» производится участником забега после выполнения 4-й стрельбы («лежа»). Магазины с патронами находятся на специально отведённом столе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За каждый неточный выстрел – штрафной круг 75 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00AB3E6B" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мужчины 65 и старше, женщины 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и старше: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дистанция</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8,4 км со стрельбой на 6-ти огневых рубежах. Круг – 1,2 км.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стрельба на 1-м, 2-м, 3-м огневых рубежах осуществляется из положения «лежа», по мишени размером 45 мм.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стрельба на 4-м, 5-м, 6-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах осуществляется из положения «стоя» по мишени размером 115 мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Смена магазинов с патронами для стрельбы из положения «стоя» производится участником забега после выполнения 3-й стрельбы («лежа»). Магазины находятся на специально отведённом столе.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За каждый неточный выстрел – штрафной круг 75 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марта –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гонка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10:00 – пристрелка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10:45 – старт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Награждение победителей и призеров за 2 день соревнований через 30 мин после финиша последнего участника. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00AB3E6B" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мужчины 35-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EBC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Дистанция – 12,5 км</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со стрельбой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 4-х огневых рубежах с переноской оружия. Круг – 2,5 км.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Стрельба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 1-м и 3-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «лежа», по мишени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>размером</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45 мм.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007941D0" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Стрельба на 2-м и 4-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «стоя» по мишени размером 115 мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– За каждый неточный выстрел – штраф 1 минута.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00AB3E6B" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мужчины </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EBC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-64 года, женщины 35-49 лет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Дистанция – 10 км</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со стрельбой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 4-х огневых рубежах с переноской оружия. Круг – 2,0 км.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Стрельба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 1-м и 3-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «лежа», по мишени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>размером</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45 мм.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Стрельба на 2-м и 4-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах осуществляется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «стоя» по мишени размером 115 мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– За каждый не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>точный выстрел – штраф 1 минута</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00AB3E6B" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мужчины 65 лет и старше, женщины 50 лет и старше: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Дистанция – 7,5 км</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со стрельбой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 4-х огневых рубежах с переноской оружия. Круг – 1,5 км.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="007941D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Стрельба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 1-м и 3-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «лежа», по мишени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>размером</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45 мм.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00BC1590" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>– Стрельба на 2-м и 4-м огневых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рубежах осуществляется из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>положения «стоя» по мишени размером 115 мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– За каждый неточный выстрел – штраф </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 минута</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1590">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00AB3E6B" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">марта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– День отъезда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УСЛОВИЯ ПОДВЕДЕНИЯ ИТОГОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="425"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial Unicode MS"/>
-[...461 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подведение итогов Соревнований проводится в соответствии с Правилами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соревнования лично-командные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В индивидуальных дисциплинах Победитель определяется в каждой возрастной группе по наилучшему результату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2325 lines deleted...]
-        <w:pStyle w:val="ad"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...478 lines deleted...]
-        <w:ind w:left="709"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:sz w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НАГРАЖДЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Победители и призёры каждой возрастной группы в отдельных дисциплинах Соревнований награждаются памятными медалями и дипломами ООО Федерация биатлона «Союз биатлонистов России».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награждение проводит «Сообщество ветеранов Новосибирской области по биатлону». Организаторы оставляют за собой право по проведению дополнительного награждения </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AB3E6B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и вручению специальных призов от спонсоров и других организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F348C3" w:rsidRDefault="00F348C3" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F95DA8">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00F348C3" w:rsidRPr="00F348C3" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F348C3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УСЛОВИЯ ФИНАНСИРОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00F348C3" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расходы по подготовке и проведению Соревнований несет </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РОО «Федерация биатлона Новосибирской области» за счет собственных </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и/или привлеченных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расходы, связанные с непосредственным участием в соревновании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(проезд, проживание, питание) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются за счет личных средств участников соревнования или командирующих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Страхование участников проводится за счет участников Соревнования, спортивных организаций и внебюджетных средств в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с действующим законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ОБЕСПЕЧЕНИЕ БЕЗОПАСНОСТИ УЧАСТНИКОВ И ЗРИТЕЛЕЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7342D825" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
-[...9 lines deleted...]
-    <w:p w14:paraId="666AFD0C" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="000D2853">
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9600"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>В целях обеспечения безопасности зрителей и участников, Соревнования проводятся на спортивном объекте, отвечающем требованиям соответствующих нормативных правовых актов, действующих на территории Российской Федерации и направленных на обеспечение общественного порядка и безопасности участников и зрителей (Постановление Правительства Российской Федерации от 18 апреля 2014г. №353).</w:t>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">В целях обеспечения безопасности зрителей и участников, Соревнования проводятся на спортивном объекте, отвечающем требованиям соответствующих нормативных правовых актов, действующих на территории Российской Федерации и направленных на обеспечение общественного порядка </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и безопасности участников и зрителей (Постановление Правительства Российской Федерации от 18 апреля 2014г. №353).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях обеспечения безопасности зрителя и участника, Соревнования проводятся на объектах спорта, включенных во Всероссийский реестр объектов спорта, в соответствии п. 5 ст.37.1с Федерального закона от 4 декабря 2007 года  № 329-ФЗ «О физической культуре и спорте в Российской Федерации», </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Закона МВД Российской Федерации «Об оружии», отвечающих требованиям соответствующих нормативных правовых актов, действующих на территории  Российской Федерации по вопросам обеспечения общественного порядка </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и безопасности участников и зрителей, а также отвечают требованиям правил проведения соревнований по биатлону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказом Министерства здравоохранения РФ от 23 октября 2020 г.    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 1144 н «Об утверждении порядка организации оказания медицинской помощи лицам, занимающимся физической культурой и спортом (в том числе </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при подготовке и проведении физкультурных мероприятий и спортивных мероприятий), включая порядок медицинского осмотра лиц, желающих пройти спортивную подготовку, заниматься физической культурой и спортом </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организациях и (или) выполнить нормативы испытаний (тестов) Всероссийского физкультурно-спортивного комплекса «Готов к труду и обороне» (ГТО)» и форм медицинских заключений о допуске к участию в физкультурных и спортивных мероприятиях»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Регламентом по организации и проведению официальных физкультурных и спортивных мероприятий на территории Российской Федерации в условиях сохранения рисков распространения COVID-19, утвержденным </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Минспортом</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и Главным государственным санитарным врачом РФ 31.07.2020г.</w:t>
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и Главным государственным санитарным врачом РФ 31.07.2020г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Иными распорядительными документами по вопросам обеспечения общественной безопасности при проведении спортивных соревнований, действующих на момент проведения соревнования.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BB585C" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="000D2853">
-      <w:pPr>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Участники и гости Соревнований обязаны строго соблюдать Правила Соревнований, правила данного Положения и Правила посещения спортивных объектов, на которых проводятся Соревнования.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7939A8AB" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="000D2853">
-      <w:pPr>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>В соответствии с п.3 ч.4 ст.26.2 329-ФЗ «О физической культуре и спорте в Российской Федерации» настоящим Положением запрещается оказывать противоправное влияние на результаты соревнований.</w:t>
-[...116 lines deleted...]
-        <w:pStyle w:val="ad"/>
+        <w:t xml:space="preserve">В соответствии с п.3 ч.4 ст.26.2 329-ФЗ «О физической культуре и спорте </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Российской Федерации» настоящим Положением запрещается оказывать противоправное влияние на результаты соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F348C3" w:rsidRDefault="00F348C3" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2693"/>
+          <w:tab w:val="clear" w:pos="425"/>
         </w:tabs>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СТРАХОВАНИЕ УЧАСТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F348C3" w:rsidRDefault="00F348C3" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участие в Соревновании осуществляется только при наличии оригинала полиса обязательного медицинского страхования и договора (страхового полиса) о страховании жизни и здоровья от несчастных случаев при участии </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соревнованиях, которые предоставляются в комиссию по допуску участников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Страхование участников проводится за счет участников Соревнования, спортивных организаций и внебюджетных средств в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с действующим законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="71" w:firstLine="199"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПОДАЧА ЗАЯВОК НА УЧАСТИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE9C415" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F348C3" w:rsidRDefault="00F348C3" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Регистрация (заявка) участников соревнований производится на сайте </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00981DDE" w:rsidRPr="00D444F1">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00D444F1">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
+            <w:rStyle w:val="a3"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>www.biathlonmasters.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004F5B4D">
-[...1 lines deleted...]
-          <w:rStyle w:val="a4"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в срок до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00981DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 марта 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00981DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. включительно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Оригиналы заявок, заверенные печатью медицинского учреждения и подписью медицинского работника и документы, указанные в пункте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991AC8">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">в срок </w:t>
-[...6 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>настоящего Регламента, подаются в судейскую коллегию до 14 марта 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> марта 202</w:t>
-[...6 lines deleted...]
-        <w:t>6</w:t>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="00981DDE" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заседание судейской коллегии состоится 14 марта 2026 года</w:t>
       </w:r>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> г.</w:t>
-[...69 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> марта 202</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">6 </w:t>
+        <w:t xml:space="preserve"> по адресу </w:t>
+      </w:r>
+      <w:r w:rsidR="00F348C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>г.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> в 11:45 по адресу г. Новосибирск НБК ГАУ ДО НСО «СШОР по биатлону имени </w:t>
+        <w:t xml:space="preserve">г. Новосибирск НБК ГАУ ДО НСО «СШОР по биатлону имени </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В.Ф.Маматова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>» ул. Биатлонная 1, 3 этаж.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76445476" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="000D2853">
-      <w:pPr>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявки на участие в Соревновании, поданные позже установленного времени, рассматриваются жюри Соревнования.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36693279" w14:textId="77777777" w:rsidR="00981DDE" w:rsidRPr="003E4B56" w:rsidRDefault="00981DDE" w:rsidP="00981DDE">
-      <w:pPr>
+    <w:p w:rsidR="00E232AB" w:rsidRPr="003E4B56" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительную информацию можно получить, отправив вопрос на адрес эл. почты </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00BF2DC8">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kurgan</w:t>
         </w:r>
         <w:r w:rsidRPr="00741717">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00BF2DC8">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
         <w:r w:rsidRPr="00741717">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>67@</w:t>
         </w:r>
         <w:r w:rsidRPr="00BF2DC8">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
         <w:r w:rsidRPr="00741717">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00BF2DC8">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-            <w:sz w:val="24"/>
+            <w:rStyle w:val="a3"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
+      <w:r w:rsidRPr="00741717">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00981DDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>или по телефону 8-962-826-54-16.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC20C51" w14:textId="77777777" w:rsidR="00981DDE" w:rsidRDefault="00981DDE">
-[...28 lines deleted...]
-    <w:p w14:paraId="66790891" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="000D2853">
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00F348C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОЧЕЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E232AB" w:rsidRDefault="00E232AB" w:rsidP="00E232AB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Настоящий Регламент является основанием для командирования спортсменов и тренеров на Соревнования.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE722F" w:rsidRPr="00E232AB" w:rsidRDefault="00BE722F" w:rsidP="00E232AB"/>
+    <w:sectPr w:rsidR="00BE722F" w:rsidRPr="00E232AB">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="0"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B9DE3D9" w14:textId="77777777" w:rsidR="000378F9" w:rsidRDefault="000378F9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0066152A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DD17675" w14:textId="77777777" w:rsidR="000378F9" w:rsidRDefault="000378F9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0066152A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...20 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="381E6F00" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="009C72F3">
+  <w:p w:rsidR="00084220" w:rsidRDefault="00F348C3">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="a5"/>
+        <w:rStyle w:val="a6"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a5"/>
+        <w:rStyle w:val="a6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="000D2853">
+    <w:r>
       <w:rPr>
-        <w:rStyle w:val="a5"/>
+        <w:rStyle w:val="a6"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a5"/>
+        <w:rStyle w:val="a6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="02951517" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+  <w:p w:rsidR="00084220" w:rsidRDefault="0066152A">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="19475D59" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
-[...8 lines deleted...]
-  <w:p w14:paraId="61D4DA86" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1384915322"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidR="004326A9" w:rsidRDefault="00F348C3">
+        <w:pPr>
+          <w:pStyle w:val="ab"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="0066152A">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00084220" w:rsidRDefault="0066152A">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39A632F2" w14:textId="77777777" w:rsidR="000378F9" w:rsidRDefault="000378F9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0066152A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0894615C" w14:textId="77777777" w:rsidR="000378F9" w:rsidRDefault="000378F9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0066152A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="79A1DC4D" w14:textId="4D07AE67" w:rsidR="00084220" w:rsidRDefault="00CD5656">
+  <w:p w:rsidR="00084220" w:rsidRDefault="00F348C3">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="330CEDE0" wp14:editId="7FF09EC3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D638643" wp14:editId="0E2285AB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="64135" cy="146050"/>
+              <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Надпись 1"/>
-              <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1">
-[...1 lines deleted...]
-                    </wps:cNvSpPr>
+                    <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="64135" cy="146050"/>
+                        <a:ext cx="1828800" cy="1828800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5293FC69" w14:textId="0E7A63B1" w:rsidR="00084220" w:rsidRDefault="009C72F3">
+                        <w:p w:rsidR="00084220" w:rsidRDefault="0066152A">
                           <w:pPr>
-                            <w:pStyle w:val="a8"/>
+                            <w:pStyle w:val="a7"/>
                           </w:pPr>
-                          <w:r>
-[...16 lines deleted...]
-                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="330CEDE0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="1D638643" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:5.05pt;height:11.5pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDX29oA4AEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u1DAQviP1HSzfu0mW7gqizVaFqgip&#10;AqS2D+B1nI1V22PZ7ibLjTuvwDtw4MCNV0jfiLGT3VZwQ1ycseebn2++yeq814rshPMSTEWLWU6J&#10;MBxqabYVvbu9On1FiQ/M1EyBERXdC0/P1ycvVp0txRxaULVwBJMYX3a2om0Itswyz1uhmZ+BFQad&#10;DTjNAl7dNqsd6zC7Vtk8z5dZB662DrjwHl8vRyddp/xNI3j42DReBKIqir2FdLp0buKZrVes3Dpm&#10;W8mnNtg/dKGZNFj0mOqSBUYenPwrlZbcgYcmzDjoDJpGcpE4IJsi/4PNTcusSFxwON4ex+T/X1r+&#10;YffJEVmjdpQYplGi4dvwffgx/Bp+Pn55/EqKOKPO+hKhNxbBoX8DfcRHvt5eA7/3CMmeYcYAj+iI&#10;6Run4xfZEgxEGfbH0Ys+EI6Py7Pi5YISjp7ibJkvkjLZU6x1PrwToEk0KupQ2FSf7a59iNVZeYDE&#10;UgaupFJJXGVIV9HXi/kiBRw9GKHM1PbYaSQQ+k0/8d1AvUe6uNxYsAX3mZIOF6WiBjeZEvXeoA5x&#10;pw6GOxibg8EMx8CKBkpG821IuzdO7uIhYJup+1h6rDd1hHInUtNqxn16fk+opx9o/RsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPrkRXXbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;lbhRu0UqJcSpKqpeAAlaOMBtE2+TgL2OYrcNf4/LhV5WGs1o5m2+GJwVB+pD61nDZKxAEFfetFxr&#10;eH9bX89BhIhs0HomDT8UYFFcXuSYGX/kDR22sRaphEOGGpoYu0zKUDXkMIx9R5y8ne8dxiT7Wpoe&#10;j6ncWTlVaiYdtpwWGuzooaHqe7t3GtY8s6V9nN8+vayWr+Xn3er5g7+0vhoNy3sQkYb4H4YTfkKH&#10;IjGVfs8mCKshPRL/7slTExClhumNAlnk8py9+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDX29oA4AEAAIgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD65EV12wAAAAMBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCh7Aax0wEAAHIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u1DAQviP1HSzf2WRXKlqi9VZA1QoJ&#10;AVLhAbyOs7Fkeyzb3WS5cecVeAcOHLjxCukbMXaSLWpvVS/OeH6++b7xZHPRG00O0gcFltHloqRE&#10;WgG1sntGv365ermmJERua67BSkaPMtCL7dmLTecquYIWdC09QRAbqs4x2sboqqIIopWGhwU4aTHY&#10;gDc84tXvi9rzDtGNLlZl+arowNfOg5AhoPdyDNJtxm8aKeKnpgkyEs0ocov59PncpbPYbni199y1&#10;Skw0+BNYGK4sNj1BXfLIya1Xj6CMEh4CNHEhwBTQNErIrAHVLMsHam5a7mTWgsMJ7jSm8Hyw4uPh&#10;syeqxrejxHKDTzT8HH4Nv4e/w5+773c/yDLNqHOhwtQbh8mxfwt9yp/8AZ1Jet94k74oimAcp308&#10;TVj2kYhUtF6t1yWGBMbmC+IU9+XOh3gtwZBkMOrxCfNk+eFDiGPqnJK6WbhSWqOfV9qSjtHX56vz&#10;XHCKILi22COJGMkmK/a7flKwg/qIwnCNsWEL/hslHa4EoxZ3lhL93uLE0/bMhp+N3WxwK7CQ0UjJ&#10;aL6LecsSr+De3Eakmdmn1mO/iRE+bNY/LWHanP/vOev+V9n+AwAA//8DAFBLAwQUAAYACAAAACEA&#10;DErw7tYAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P+B6PCbqvTHraQxSml0Etv&#10;68ZgNzdW4zBbDrabJv9+2hhsF6HHE0/fq7eTd2LEmPpACtarAgRSG0xPnYK318NDCSJlTUa7QKhg&#10;xgTbZnFX68qEG73geMqd4BBKlVZgcx4qKVNr0eu0CgMSe5cQvc4sYydN1DcO905uiuJRet0Tf7B6&#10;wL3F9vN09QqepveAQ8I9flzGNtp+Lt1xVup+Oe2eQWSc8t8xfOMzOjTMdA5XMkk4BVwk/0z2NmXJ&#10;8vy7yKaW/+mbLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCh7Aax0wEAAHIDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAMSvDu1gAAAAUBAAAP&#10;AAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5293FC69" w14:textId="0E7A63B1" w:rsidR="00084220" w:rsidRDefault="009C72F3">
+                  <w:p w:rsidR="00084220" w:rsidRDefault="00F348C3">
                     <w:pPr>
-                      <w:pStyle w:val="a8"/>
+                      <w:pStyle w:val="a7"/>
                     </w:pPr>
-                    <w:r>
-[...16 lines deleted...]
-                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="77567F23" w14:textId="114B1A38" w:rsidR="00084220" w:rsidRDefault="00CD5656">
+  <w:p w:rsidR="00084220" w:rsidRDefault="00F348C3">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="120E886A" wp14:editId="4022C778">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D6EB5FB" wp14:editId="7B48353F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="57785" cy="146050"/>
+              <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Надпись 2"/>
-              <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1">
-[...1 lines deleted...]
-                    </wps:cNvSpPr>
+                    <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="57785" cy="146050"/>
+                        <a:ext cx="1828800" cy="1828800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4DC75407" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+                        <w:p w:rsidR="00084220" w:rsidRDefault="0066152A">
                           <w:pPr>
-                            <w:pStyle w:val="a8"/>
+                            <w:pStyle w:val="a7"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="120E886A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5D6EB5FB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:4.55pt;height:11.5pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9UEjI5AEAAI8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01u1DAU3iNxB8t7JpmItCUaTwVURUgV&#10;ILUcwOM4kwj/yc+dZNix5wrcgUUX7LhCeqM+O5NpBTvExnn2+/u+972szgetyE566KxhdLnIKZFG&#10;2LozW0Y/31y+OKMEAjc1V9ZIRvcS6Pn6+bNV7ypZ2NaqWnqCRQxUvWO0DcFVWQailZrDwjpp0NlY&#10;r3nAq99mtec9VtcqK/L8JOutr523QgLg68XkpOtUv2mkCB+bBmQgilHEFtLp07mJZ7Ze8WrruWs7&#10;cYDB/wGF5p3BpsdSFzxwcuu7v0rpTngLtgkLYXVmm6YTMnFANsv8DzbXLXcyccHhgDuOCf5fWfFh&#10;98mTrma0oMRwjRKNP8af4934e/x1/+3+OynijHoHFYZeOwwOwxs7oNaJL7grK74AhmRPYqYEwOg4&#10;k6HxOn6RLcFElGF/HL0cAhH4WJ6enpWUCPQsX57kZVIme8x1HsI7aTWJBqMehU39+e4KQuzOqzkk&#10;tjL2slMqiasM6Rl9VRZlSjh6MEOZA+wJaSQQhs2QxrGcaW9svUfWuOPYt7X+KyU97gujBheaEvXe&#10;oBxxtWbDz8ZmNrgRmMhooGQy34a0ghEpuNe3AdEmEhHB1O8ADFVP3A4bGtfq6T1FPf5H6wcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBzF2q21wAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETv&#10;hf6D2EBujZwE2tS1HEqgl96SlkJvG2tjmUgrIymO/fdRe2kvC8MMM2+r7eisGCjEzrOC5aIAQdx4&#10;3XGr4PPj7WEDIiZkjdYzKZgowra+v6uw1P7KexoOqRW5hGOJCkxKfSllbAw5jAvfE2fv5IPDlGVo&#10;pQ54zeXOylVRPEqHHecFgz3tDDXnw8UpeBq/PPWRdvR9Gppgumlj3yel5rPx9QVEojH9heEHP6ND&#10;nZmO/sI6CqsgP5J+b/aelyCOClbrAmRdyf/o9Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQD9UEjI5AEAAI8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBzF2q21wAAAAIBAAAPAAAAAAAAAAAAAAAAAD4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Надпись 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiQrdb1AEAAHkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbNJIRUu03qqlKkJC&#10;gFT4AK/jbCzZHst2N1lu3PkF/oEDB278QvpHjJ1NiuBW9eKMPTNv5r2ZbC4Go8lB+qDAMnq2KimR&#10;VkCj7J7Rz59uXqwpCZHbhmuwktGjDPRi+/zZpne1rKAD3UhPEMSGuneMdjG6uiiC6KThYQVOWnS2&#10;4A2PePX7ovG8R3Sji6osXxY9+MZ5EDIEfL2enHSb8dtWivihbYOMRDOKvcV8+nzu0llsN7zee+46&#10;JU5t8Ed0YbiyWHSBuuaRkzuv/oMySngI0MaVAFNA2yohMwdkc1b+w+a2405mLihOcItM4elgxfvD&#10;R09Uw2hFieUGRzR+H3+MP8ff46/7r/ffSJU06l2oMfTWYXAcrmDAWc/vAR8T9aH1Jn2RFEE/qn1c&#10;FJZDJCIlrav1ukSXQN98QfziId35EN9IMCQZjHocYVaWH96FOIXOIamahRuldR6jtqRn9NV5dZ4T&#10;Fg+Ca4s1Eomp2WTFYTdk4guRHTRH5IfbjHU78F8o6XEzGLW4upTotxaFT0s0G342drPBrcBERiMl&#10;k/k65mVLnQZ3eRex20widTDVOzWG880ynHYxLdDf9xz18Mds/wAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAxK8O7WAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwzAMhe+D/gejwm6r0x62kMUppdBL&#10;b+vGYDc3VuMwWw62myb/ftoYbBehxxNP36u3k3dixJj6QArWqwIEUhtMT52Ct9fDQwkiZU1Gu0Co&#10;YMYE22ZxV+vKhBu94HjKneAQSpVWYHMeKilTa9HrtAoDEnuXEL3OLGMnTdQ3DvdOboriUXrdE3+w&#10;esC9xfbzdPUKnqb3gEPCPX5cxjbafi7dcVbqfjntnkFknPLfMXzjMzo0zHQOVzJJOAVcJP9M9jZl&#10;yfL8u8imlv/pmy8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4kK3W9QBAAB5AwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADErw7tYAAAAFAQAA&#10;DwAAAAAAAAAAAAAAAAAuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4DC75407" w14:textId="77777777" w:rsidR="00084220" w:rsidRDefault="00084220">
+                  <w:p w:rsidR="00084220" w:rsidRDefault="00F348C3">
                     <w:pPr>
-                      <w:pStyle w:val="a8"/>
+                      <w:pStyle w:val="a7"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="987E37B6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="987E37B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2693"/>
+          <w:tab w:val="left" w:pos="425"/>
         </w:tabs>
-        <w:ind w:left="2693" w:hanging="425"/>
+        <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D1249B1"/>
+    <w:nsid w:val="2173770A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BF325CD8"/>
-[...1 lines deleted...]
-      <w:start w:val="6"/>
+    <w:tmpl w:val="A58A0770"/>
+    <w:lvl w:ilvl="0" w:tplc="CBFC1F92">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2912" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3632" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4352" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5072" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5792" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6512" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7232" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7952" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8672" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="662B4DDA"/>
-[...3 lines deleted...]
-      <w:start w:val="23"/>
+    <w:nsid w:val="75DA7126"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="75DA7126"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="5181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:b/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1419" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="109"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...58 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="2906" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="2628" w:hanging="360"/>
+        <w:ind w:left="4031" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3348" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5156" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6281" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4788" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="7406" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5508" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="8531" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6948" w:hanging="360"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="9657" w:hanging="286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="132"/>
-  <w:embedSystemFonts/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
-[...5 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:balanceSingleByteDoubleByteWidth/>
-[...3 lines deleted...]
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C841A8"/>
-[...508 lines deleted...]
-    <w:rsid w:val="7D781E66"/>
+    <w:rsidRoot w:val="002915DB"/>
+    <w:rsid w:val="000878AC"/>
+    <w:rsid w:val="001103E4"/>
+    <w:rsid w:val="002915DB"/>
+    <w:rsid w:val="00294EB9"/>
+    <w:rsid w:val="0034678E"/>
+    <w:rsid w:val="00396217"/>
+    <w:rsid w:val="0066152A"/>
+    <w:rsid w:val="006A681F"/>
+    <w:rsid w:val="00755673"/>
+    <w:rsid w:val="007941D0"/>
+    <w:rsid w:val="00980255"/>
+    <w:rsid w:val="00A569DB"/>
+    <w:rsid w:val="00BE722F"/>
+    <w:rsid w:val="00E232AB"/>
+    <w:rsid w:val="00F348C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="25E1925B"/>
-  <w15:docId w15:val="{CDE88E2E-6A83-4375-B03A-68F5D49E113F}"/>
+  <w14:docId w14:val="305E08E1"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B5FD8B32-0F33-423A-AD7F-CD62624C0E80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:qFormat="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="99"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="99"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
@@ -9263,812 +6597,690 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00BE722F"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:after="263" w:line="229" w:lineRule="auto"/>
+      <w:ind w:left="11" w:hanging="10"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...13 lines deleted...]
-      <w:b/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="141515"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-    </w:rPr>
-[...96 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="FollowedHyperlink"/>
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
-[...8 lines deleted...]
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00BE722F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Основной текст (2)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="20"/>
+    <w:rsid w:val="000878AC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст (2)"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="000878AC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="300" w:after="300" w:line="0" w:lineRule="atLeast"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Заголовок №2 (2)"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="000878AC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2115pt-2pt">
+    <w:name w:val="Основной текст (2) + 11;5 pt;Курсив;Интервал -2 pt"/>
+    <w:basedOn w:val="2"/>
+    <w:rsid w:val="000878AC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="-40"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000878AC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000878AC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ru-RU"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
-[...9 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00E232AB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="Balloon Text"/>
-[...32 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00E232AB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:rsid w:val="00E232AB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00E232AB"/>
     <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00E232AB"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00E232AB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ac">
-[...30 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E232AB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...19 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="64pt1">
     <w:name w:val="Основной текст (6) + Интервал 4 pt1"/>
     <w:link w:val="64pt11"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00E232AB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="80"/>
       <w:sz w:val="26"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="64pt11">
     <w:name w:val="Основной текст (6) + Интервал 4 pt11"/>
     <w:link w:val="64pt1"/>
     <w:qFormat/>
-    <w:rsid w:val="003234E5"/>
+    <w:rsid w:val="00E232AB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="80"/>
       <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="10">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="ac"/>
+    <w:next w:val="a4"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="001B41B0"/>
+    <w:rsid w:val="00E232AB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kurgan-t67@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biathlonmasters.ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kurgan-t67@mail.ru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biathlonmasters.ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:shade val="99000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...35 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>16472</Characters>
+  <Pages>8</Pages>
+  <Words>2218</Words>
+  <Characters>12645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>“Утверждаю”</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Союз биатлонистов России</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18663</CharactersWithSpaces>
+  <CharactersWithSpaces>14834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>“Утверждаю”</dc:title>
-  <dc:creator>Olga</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Лютова Ольга Владимировна</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>